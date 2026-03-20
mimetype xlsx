--- v0 (2025-10-17)
+++ v1 (2026-03-20)
@@ -56,57 +56,57 @@
   <si>
     <t>ด้าน/บรรทัด</t>
   </si>
   <si>
     <t>วัตถุจารึก</t>
   </si>
   <si>
     <t>ขนาดวัตถุ</t>
   </si>
   <si>
     <t>ลักษณะวัตถุ</t>
   </si>
   <si>
     <t>สถานที่พบ</t>
   </si>
   <si>
     <t>เนื้อหาโดยสังเขป</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>จารึกพ่อขุนรามคำแหง</t>
   </si>
   <si>
-    <t>Thai Sukhothai</t>
+    <t>ไทยสุโขทัย</t>
   </si>
   <si>
     <t>พุทธศักราช</t>
   </si>
   <si>
-    <t>Thai</t>
+    <t>ไทย</t>
   </si>
   <si>
     <t>จำนวน 4 ด้าน มี 127 บรรทัด ด้านที่ 1 มี 35 บรรทัด, ด้านที่ 2 มี 35 บรรทัด, 
 ด้านที่ 3 มี 27 บรรทัด และด้านที่ 4 มี 27 บรรทัด</t>
   </si>
   <si>
     <t>หินทรายแป้งเนื้อละเอียด</t>
   </si>
   <si>
     <t>กว้างด้านละ 35 ซม. สูง 111 ซม.</t>
   </si>
   <si>
     <t>หลักสี่เหลี่ยมด้านเท่า ทรงกระโจม</t>
   </si>
   <si>
     <t>เนินปราสาทเมืองเก่าสุโขทัย ตำบลเมืองเก่า อำเภอเมือง จังหวัดสุโขทัย</t>
   </si>
   <si>
     <t>เรื่องที่มีในศิลาจารึกพ่อขุนรามคำแหงนี้แบ่งออกได้เป็นสามตอน ตอนที่ 1 ตั้งแต่บรรทัดที่ 1 ถึง 18 เป็นเรื่องพ่อขุนรามคำแหงเล่าประวัติของพระองค์ ตั้งแต่ประสูติจนได้เสวยราชสมบัติใช้คำว่า &amp;ldquo;กู&amp;rdquo; เป็นพื้น ตอนที่ 2 ไม่ได้ใช้คำว่า &amp;ldquo;กู&amp;rdquo; เลย ใช้คำว่า &amp;ldquo;พ่อขุนรามคำแหง&amp;rdquo; เล่าเรื่องประพฤติเหตุต่างๆ และธรรมเนียมในเมืองสุโขทัย เรื่องสร้างพระแท่นมนังศิลาเมื่อ ม.ศ. 1214 เรื่องสร้างพระธาตุเมืองศรีสัชนาลัย เมื่อ ม.ศ. 1207 และที่สุดเรื่องประดิษฐ์ตัวอักษรไทยขึ้นเมื่อ ม.ศ. 1205 ตอนที่ 3 ตั้งแต่ด้านที่ 4 บรรทัดที่ 12 ถึงบรรทัดสุดท้าย เข้าใจว่าได้จารึกภายหลังหลายปี เพราะตัวหนังสือไม่เหมือนกับตอนที่ 1 และที่ 2 คือตัวพยัญชนะลีบกว่าทั้งสระที่ใช้ก็ต่างกันบ้าง ตอนที่ 3 นี้ เป็นคำสรรเสริญ และยอพระเกียรติคุณของพ่อขุนรามคำแหง และกล่าวถึงอาณาเขตเมืองสุโขทัยที่แผ่ออกไปครั้งกระโน้น</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/47</t>
   </si>
   <si>
     <t>จารึกฐานพระพุทธรูปนายทิตไส</t>
@@ -132,54 +132,54 @@
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/78</t>
   </si>
   <si>
     <t>จารึกฐานพระพุทธรูปผ้าขาวทอง</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 2 บรรทัด</t>
   </si>
   <si>
     <t>หน้าตักกว้าง 123 ซม. สูงตลอดทั้งองค์ 172 ซม.</t>
   </si>
   <si>
     <t>ในพระระเบียงวิหารคด ด้านทิศตะวันตกเฉียงเหนือ วัดพระเชตุพนวิมลมังคลาราม ถนนสนามไชย แขวงพระบรมมหาราชวัง เขตพระนคร กรุงเทพมหานคร</t>
   </si>
   <si>
     <t>ผ้าขาวทอง (หมายถึงชีปะขาว) สร้างพระพุทธรูปเมื่อปี พ.ศ. 1965</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/80</t>
   </si>
   <si>
     <t>จารึกป้านางคำเยีย</t>
   </si>
   <si>
-    <t>Thai Sukhothai,Khom Sukhothai</t>
-[...2 lines deleted...]
-    <t>Pali,Thai</t>
+    <t>ไทยสุโขทัย,ขอมสุโขทัย</t>
+  </si>
+  <si>
+    <t>บาลี,ไทย</t>
   </si>
   <si>
     <t>จำนวนด้าน 2 ด้าน มี 57 บรรทัด ด้านที่ 1 มี 40 บรรทัด ด้านที่ 2 มี 17 บรรทัด</t>
   </si>
   <si>
     <t>หินชนวน</t>
   </si>
   <si>
     <t>กว้าง 51 ซม. สูง 129 ซม. หนา 19 ซม.</t>
   </si>
   <si>
     <t>แผ่นรูปใบเสมา (ชำรุด)</t>
   </si>
   <si>
     <t>เขาไกรลาส สวนซ้ายในพระบรมมหาราชวัง แขวงพระบรมมหาราชวัง เขตพระนคร กรุงเทพมหานคร</t>
   </si>
   <si>
     <t>ข้อความในจารึกอักษรไทยสุโขทัย ภาษาไทย ได้กล่าวถึงป้านางคำเยียที่ได้บำเพ็ญกุศลต่างๆ ในพระพุทธศาสนา ส่วนข้อความในจารึกอักษรขอมสุโขทัย ภาษาบาลี ได้กล่าวพรรณนาถึงลายลักษณ์ที่ปรากฏในพระบาททั้งสอง แห่งองค์สมเด็จพระสัมมาสัมพุทธเจ้า</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/92</t>
   </si>
   <si>
     <t>จารึกฐานพระพุทธรูปแม่ศรีมหาตา</t>
   </si>
@@ -225,51 +225,51 @@
   <si>
     <t>จารึกวัดสรศักดิ์</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 35 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 96 ซม. สูง 144 ซม. หนา 19 ซม.</t>
   </si>
   <si>
     <t>แผ่นรูปใบเสมา</t>
   </si>
   <si>
     <t>มุมตะวันตกเฉียงเหนือของตระพังสอ ตำบลเมืองเก่า อำเภอเมือง จังหวัดสุโขทัย</t>
   </si>
   <si>
     <t>ได้กล่าวถึงนายอินทรศักดิ์ขอที่ดินจากเจ้าท่านออกญาธรรมราชาเพื่อสร้างอาราม</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/128</t>
   </si>
   <si>
     <t>จารึกลานทองสมเด็จพระมหาเถรจุฑามุณิ</t>
   </si>
   <si>
-    <t xml:space="preserve">Thai Sukhothai,Dhamma Lanna </t>
+    <t>ไทยสุโขทัย,ธรรมล้านนา</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 4 บรรทัด</t>
   </si>
   <si>
     <t>ทองคำ</t>
   </si>
   <si>
     <t>กว้าง 2.02 ซม. ยาว 24.05 ซม. หนา 0.1 ซม.</t>
   </si>
   <si>
     <t>แผ่นลาน</t>
   </si>
   <si>
     <t>บริเวณฐานพระประธาน ในพระอุโบสถ วัดมหาธาตุ สุโขทัย อุทยานประวัติศาสตร์สุโขทัย ตำบลเมืองเก่า อำเภอเมืองสุโขทัย จังหวัดสุโขทัย</t>
   </si>
   <si>
     <t>พระมหาเถรจุฑามุณิ สร้างวิหาร ประดิษฐานพระธาตุ พระพุทธประติมา และพระอถารส</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/171</t>
   </si>
   <si>
     <t>จารึกวัดศรีชุม</t>
   </si>
@@ -339,51 +339,51 @@
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/215</t>
   </si>
   <si>
     <t>จารึกวัดเขมา</t>
   </si>
   <si>
     <t>จำนวนด้าน 2 ด้าน มี 59 บรรทัด ด้านที่ 1 มี 41 บรรทัด ด้านที่ 2 มี 18 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 63 ซม. สูง 200 ซม. หนา 20 ซม.</t>
   </si>
   <si>
     <t>วัดเขมา ริมถนนพระร่วง จังหวัดสุโขทัย</t>
   </si>
   <si>
     <t>คำจารึกตอนต้นชำรุดมากอ่านไม่ใคร่ได้ความ เท่าที่ยังเหลืออยู่เป็นเรื่องเจ้าเทพรูจี อุปสมบทเป็นภิกษุ และภายหลังได้บำเพ็ญกุศลต่างๆ พร้อมด้วยญาติและพวกสัตบุรุษ เมื่อปี พ.ศ. 2079</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/222</t>
   </si>
   <si>
     <t>จารึกนายศรีโยธาออกบวช</t>
   </si>
   <si>
-    <t>Khom Sukhothai</t>
+    <t>ขอมสุโขทัย</t>
   </si>
   <si>
     <t>จำนวนด้าน 2 ด้าน มี 77 บรรทัด ด้านที่ 1 มี 39 บรรทัด ด้านที่ 2 มี 38 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 26 ซม. สูง 89 ซม. หนา 12 ซม.</t>
   </si>
   <si>
     <t>เจดีย์วัดโบสถ์ (วัดร้าง) อำเภอเมือง จังหวัดสุโขทัย</t>
   </si>
   <si>
     <t>ข้อความที่จารึกกล่าวถึง นายศรีโยธาถูกแมงคาเข้าหู แล้วป่วยจนไม่สามารถรับราชการต่อไปได้ จึงได้อำลาพระญาศรีไสยรณรงค์สงครามออกจากราชการ แล้วออกบวชเมื่อวันพฤหัสบดี ขึ้น 8 ค่ำ เดือน 3 ปีฉลู สัปตศก จุลศักราช 868 และได้กล่าวถึงมหาสัทธาปุญโญขอทีดินจากพระญาศรีไสยรณรงค์สงคราม เพื่อสร้างอารามในตำบลพระศรีมหาโพธิ์ ต้นศรีมหาโพธิ์ดังกล่าวนี้ พระมหาสวามีอนุราชได้อัญเชิญมาแต่ลังทวีป ซึ่งปลูกไว้ในระหว่างกลางบ้านอ้ายรอกและบ้านมตเพ็ง นอกจากนี้แล้วยังได้กล่าวถึงการบำเพ็ญกุศลอื่นๆอีก</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/228</t>
   </si>
   <si>
     <t>จารึกวัดหินตั้ง</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 36 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 45 ซม. สูง 92 ซม. หนา 6 ซม.</t>
   </si>
@@ -465,128 +465,128 @@
   <si>
     <t>จารึกพระยาศรียศราช วัดหงส์รัตนารามฯ</t>
   </si>
   <si>
     <t>ทองเนื้อผสมนวโลหะ</t>
   </si>
   <si>
     <t>สูงจากฐาน 183 ซม. ขนาดหน้าตัก 160 ซม.</t>
   </si>
   <si>
     <t>ฐานของพระพุทธรูปปางมารวิชัย ขัดสมาธิราบ</t>
   </si>
   <si>
     <t>วัดหงส์รัตนารามราชวรวิหาร แขวงวัดอรุณ เขตบางกอกใหญ่ กรุงเทพมหานคร</t>
   </si>
   <si>
     <t>ข้อความในจารึกหลักนี้ กล่าวถึง พระยาศรียศราช คือ เจ้าเมืองเฉลียง (ศรีสัชนาลัย-สวรรคโลก) และมีบทบาทต่อมาในประวัติศาสตร์การเมือง การสงครามและพุทธศาสนาในราชอาณาจักรสุโขทัย ยุคร่วมสมัยกับสมเด็จพระบรมราชาธิราช (เจ้าสามพระยา) แห่งกรุงศรีอยุธยา ดังที่ศาสตราจารย์ ดร. ประเสริฐ ณ นคร ได้สรุปไว้ในผลงานที่อ้างแล้วข้างต้นว่า &amp;ldquo;จารึกหลักนี้ยืนยันข้อความในตำนานมูลศาสนา วัดป่าแดง (เชียงตุง) ซึ่ง กล่าวว่า สมัยเจ้าสามพระยาสุโขทัยถูกแบ่งออกเป็น 4 ส่วน มีพระยาบาล (บรมปาลมหาธรรมราชา) ครองพิษณุโลก พระยารามครองสุโขทัย พระยาเชลียงครองเชลียง และพระยาแสนสอยดาวครองกำแพงเพชร ในพงศาวดารกรุงศรีอยุธยาฉบับปลีก เลขที่ 222, 2/ก, 104 มัดที่ 27 มีรายละเอียดว่า ตอนยกทัพไปพระยาเชลียงไว้เมืองสวรรคโลกแก่เจ้าราชศรียศ ผู้เป็นบุตร ส่วนตำนานมูลศาสนา ฝ่ายวัดสวนดอก (วัดยางควง เชียงตุง ต้นฉบับได้จากวัดบ้านเอื้อมลำปาง) กล่าวว่า เมื่อ พ.ศ. 1972 พระยาเมืองเชลียง ชื่อ ไสยศรียศ และจารึกสมเด็จพระมหามุนีรัตนโมลี (ดู จารึกในประเทศไทย เล่ม 5 หน้า 169) พ.ศ. 1963 กล่าวว่า เสด็จพ่อพระยาสอยเสวยราชย์ในบุรีศรีกำแพงเพชร ส่วนวันศุกร์ขึ้น 3 ค่ำ เดือนแปด ตรงกับวันรวงเม็ดและ วันที่ 14 มิถุนายน พ.ศ. 1963&amp;rdquo;</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/269</t>
   </si>
   <si>
     <t>จารึกวัดส่องคบ 1</t>
   </si>
   <si>
-    <t>Khom Ayuthaya</t>
+    <t>ขอมอยุธยา</t>
   </si>
   <si>
     <t>จำนวนด้าน 2 ด้าน มี 15 บรรทัด ด้านที่ 1 มี 9 บรรทัด ด้านที่ 2 มี 6 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 4.3 ซม. ยาว 23.3 ซม.</t>
   </si>
   <si>
     <t>แผ่นสี่เหลี่ยมผืนผ้า</t>
   </si>
   <si>
     <t>ในพระเจดีย์วัดส่องคบ ตำบลชัยนาท อำเภอเมือง จังหวัดชัยนาท</t>
   </si>
   <si>
     <t>กล่าวถึงเจ้าเมืองนามว่า ขุนเพชญสาร ที่ได้ทำบุญด้วยการบริจาคข้าวของเงินทอง และข้าทาสจำนวนมากแก่วัด</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/578</t>
   </si>
   <si>
     <t>จารึกวัดจำปา</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 19 บรรทัด</t>
   </si>
   <si>
     <t>หินทรายสีเทา</t>
   </si>
   <si>
     <t>กว้าง 33 เซนติเมตร สูง 66 เซนติเมตร</t>
   </si>
   <si>
     <t>รูปใบเสมา</t>
   </si>
   <si>
     <t>บริเวณคูร่องน้ำ วัดจำปา ตำบลทุ่ง อำเภอไชยา จังหวัดสุราษฎร์ธานี</t>
   </si>
   <si>
     <t>กล่าวถึงการทำบุญของบุคคลนามว่า มหาจันธง เจ้าปุญจน และอำแดงเพชรทอง โดยการถวายที่ดิน กระบือ และข้าทาสแก่วัด</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/632</t>
   </si>
   <si>
     <t>จารึกวัดใหม่ศรีโพธิ์ 1</t>
   </si>
   <si>
-    <t>Thai Ayuthaya</t>
+    <t>ไทยอยุธยา</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 23 บรรทัด</t>
   </si>
   <si>
     <t>อิฐถือปูน</t>
   </si>
   <si>
     <t>กว้าง 39 ซม. สูง 65.9 ซม.</t>
   </si>
   <si>
     <t>ฝาผนัง</t>
   </si>
   <si>
     <t>ผนังด้านนอก พระอุโบสถวัดศรีโพธิ์ (วัดใหม่ศรีโพธิ์) เดิมชื่อวัดพรหมกัลยาราม ตำบลคลองสระบัว อำเภอพระนครศรีอยุธยา จังหวัดพระนครศรีอยุธยา</t>
   </si>
   <si>
     <t>1) พ.ศ. 2292 ท้าวพรหมกันดาล ทูลขอที่ดินเพิ่มแก่วัด ในปีเดียวกัน กรมขุนสุเรนทราพิทักษ์และกรมขุนอนุรักษ์มนตรีทรงผนวช ณ วัดแห่งนี้ ต่อมาใน พ.ศ. 2296 การสร้างจึงเสร็จสมบูรณ์&lt;br&gt;
 2) บอกรายละเอียดเกี่ยวกับค่าใช้จ่าย และกล่าวถึงการตั้งชื่อวัดดังกล่าวว่า “วัดพรมกัลยาราม”&lt;br&gt;
 3) ตอนท้ายมีการตั้งความปรารถนาให้ได้พบพระศรีอารย์และเข้าสู่นิพพาน</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/677</t>
   </si>
   <si>
     <t>จารึกบนแผ่นดินเผาวัดเทพอุรุมภังค์</t>
   </si>
   <si>
-    <t>Thai Thonburi-Rattanakosin</t>
+    <t>ไทยธนบุรี-รัตนโกสินทร์</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 8 บรรทัด</t>
   </si>
   <si>
     <t>แผ่นดินเผาเนื้อดิน (เผาด้วยอุณหภูมิต่ำ)</t>
   </si>
   <si>
     <t>กว้างด้านละ 37 ซม. หนา 3 ซม.</t>
   </si>
   <si>
     <t>แผ่นรูปสี่เหลี่ยมจัตุรัส</t>
   </si>
   <si>
     <t>วัดเทพอุรุมภังค์ (วัดร้าง) ตำบลบางกระสอ อำเภอเมือง จังหวัดนนทบุรี</t>
   </si>
   <si>
     <t>เมื่อ พ.ศ. 2341 สมเด็จพระเจ้าหลานเธอเจ้าฟ้ากรมหลวงเทพหริรักษ์ โปรดให้นำพระตำหนักแพมาสร้างเป็นพระอุโบสถของวัดแห่งหนึ่ง เพื่อเป็นปัจจัยแก่พระโพธิญาณ</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/739</t>
   </si>
   <si>
     <t>จารึกที่ผนังพระอุโบสถวัดรังษีสุทธาวาส</t>
   </si>
@@ -647,66 +647,66 @@
   <si>
     <t>รัชกาลที่ 5 เมื่อครั้งยังทรงเป็นสามเณร ได้บริจาคพระราชทรัพย์เพื่อสร้างวิหารพระเหลือขึ้นใหม่ แทนของเดิมที่ทรุดโทรม ต่อมาเมื่อทรงขึ้นครองราชย์แล้วได้พระราชทานนามพระเหลือ ว่า พระเสสันตปฏิมา และวิหารพระเหลือว่า พระเสสันตมาลก โดยโปรดให้มีการเฉลิมฉลองใน พ.ศ. 2413</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1079</t>
   </si>
   <si>
     <t>จารึกบนหินอ่อนด้านหลังพระวิหารหลวง วัดราชประดิษฐ์ฯ</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 81 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 78 ซม. สูง 202 ซม. หนา 3  ซม.</t>
   </si>
   <si>
     <t>วัดราชประดิษฐ์สถิตมหาสีมารามราชวรมหาวิหาร แขวงเสาชิงช้า เขตพระนคร กรุงเทพมหานคร</t>
   </si>
   <si>
     <t>คำประกาศพัทธสีมาวัดราชประดิษฐ์ กล่าวถึงความเป็นมา วัตถุประสงค์ กฏเกณฑ์และขอบเขตของสีมา โดยเน้นถึงการเป็นที่ของภิกษุฝ่ายธรรมยุติกนิกาย</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1135</t>
   </si>
   <si>
-    <t>จารึกที่ผนังพระอุโบสถวัดนิเวศธรรมประวัติ 1</t>
+    <t>จารึกที่ผนังพระอุโบสถ เรื่องสร้างวัดนิเวศธรรมประวัติ แผ่นที่ 1</t>
   </si>
   <si>
     <t xml:space="preserve">กว้าง 132.5 ซม.  สูง 743.5 ซม. </t>
   </si>
   <si>
     <t>วัดนิเวศธรรมประวัติ ตำบลบ้านเลน อำเภอบางปะอิน จังหวัดพระนครศรีอยุธยา</t>
   </si>
   <si>
     <t>พ.ศ. 2421 พระบาทสมเด็จพระจุลจอมเกล้าเจ้าอยู่หัว โปรดให้พระศรีสุนทรโวหาร เจ้ากรมพระอาลักษณ์ จารึกประวัติการสร้างวัดนิเวศธรรมประวัติ เพื่อติดไว้ในพระอุโบสถด้านขวา-ซ้าย ด้านละ 1 แผ่น โดยมีเนื้อความต่อเนื่องกัน จารึกหลักนี้กล่าวย้อนถึงเหตุการณ์สมัยประเจ้าปราสาททอง ในสมัยอยุธยา และการปฏิสังขรณ์วัดชุมพลนิกายารามโดยพระบาทสมเด็จพระจอมเกล้าเจ้าอยู่หัว จากนั้นจึงกล่าวถึงประวัติวัดนิเวศธรรมประวัติตั้งแต่มูลเหตุการสร้าง, ฤกษ์การก่อพระอุโบสถใน พ.ศ. 2420, รายละเอียดเกี่ยวกับสถาปัตกรรมภายในวัด, การเสด็จพระราชดำเนินมาบรรจุพระบรมสารีริกธาตุ, การปลูกต้นพระมหาโพธิ รวมถึงการโปรดให้หล่อพระพุทธรูปคันธารราษฎร์ใน พ.ศ. 2421</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1137</t>
   </si>
   <si>
-    <t>จารึกที่ผนังพระอุโบสถวัดนิเวศธรรมประวัติ 2</t>
+    <t>จารึกที่ผนังพระอุโบสถ เรื่องสร้างวัดนิเวศธรรมประวัติ แผ่นที่ 2</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 22 บรรทัด</t>
   </si>
   <si>
     <t xml:space="preserve">กว้าง 131 ซม. สูง 72  ซม. </t>
   </si>
   <si>
     <t>(1) ระบุวันเวลาที่เริ่มสร้างวัดใน พ.ศ. 2419 และวันเวลาที่สร้างเสร็จใน พ.ศ. 2421&lt;br&gt;
 (2) การหล่อพระพุทธนฤมลธรรโมภาสเสร็จเมื่อ พ.ศ. 2420, การสร้างรูปพระมหาสาวก, การสร้างพระไตรปิฎกและการเชิญมาจากกรุงเทพ พร้อมกับพระสงฆ์วัดราชประดิษฐ์ 8 รูปโดยเรือกลไฟ&lt;br&gt;
 (3) กล่าวถึงรายละเอียดในพิธีการผูกพัทธสีมาและการเฉลิมฉลอง&lt;br&gt;
 (4) ตอนท้าย รัชกาลที่ 5 ทรงกล่าวอุทิศพระราชกุศลแด่สมเด็จพระเจ้าปราสาททอง พระบาทสมเด็จพระจอมเกล้าเจ้าอยู่หัว และพระเจ้าแผ่นดินสยามทุกพระองค์ รวมถึงผู้ที่ได้อ่านจารึกนี้ ทั้งมนุษย์และเทวดา ขอให้ได้ถึงแก่นิพพาน สำหรับพระองค์เองทรงระบุว่า ไม่ทรงปรารถนาเฉพาะพุทธภูมิ แต่ขอให้ได้สรรพสมบัติความบริบูรณ์ด้วยคุณธรรม ที่จะช่วยให้พ้นจากสงสารทุกข์ทั้งปวง</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1139</t>
   </si>
   <si>
     <t>จารึกเรื่องทรงสร้างวัดพระเชตุพน ครั้งรัชกาลที่ 1</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 30 บรรทัด</t>
   </si>
   <si>
     <t>หินอ่อนสีดำ</t>
   </si>
@@ -744,102 +744,102 @@
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1159</t>
   </si>
   <si>
     <t>จารึกบนแผ่นหินชนวน วัดพระศรีรัตนมหาธาตุ สุพรรณบุรี</t>
   </si>
   <si>
     <t>หินชนวน สีดำ</t>
   </si>
   <si>
     <t>กว้าง 23.6 ซม. สูง 31.2 ซม. หนา 3 มิลลิเมตร</t>
   </si>
   <si>
     <t>วัดพระศรีรัตนมหาธาตุ ตำบลรั้วใหญ่ อำเภอเมือง จังหวัดสุพรรณบุรี</t>
   </si>
   <si>
     <t>เป็นคำแปลของจารึกลานทอง 2 ชิ้นซึ่งพบที่วัดพระศรีรัตนมหาธาตุ สุพรรณบุรี จารด้วยอักษรขอม ภาษาบาลี ชิ้นที่ 1 คือ &amp;ldquo;จารึกเจ้ารัตนโมลีศรีไตรโลกย์&amp;rdquo; ซึ่งเป็นพระสุพรรณบัฏของพระองค์เอง ส่วนชิ้นที่ 2 คือ &amp;ldquo;จารึกลานทอง วัดพระศรีรัตนมหาธาตุ สุพรรณบุรี&amp;rdquo; กล่าวถึง กษัตริย์พระองค์หนึ่งโปรดให้สร้างสถูปและบรรจุพระบรมธาตุ ต่อมาพระโอรสของกษัตริย์พระองค์นั้น ได้ทำการปฏิสังขรณ์และบรรจุพระบรมธาตุ รวมทั้งบูชาด้วยเครื่องบูชาต่างๆ เช่น ทองคำ โดยตั้งความปรารถนาขอให้ได้เป็นพระพุทธเจ้าในอนาคต</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1187</t>
   </si>
   <si>
     <t>จารึกวัดสมุหนิมิต</t>
   </si>
   <si>
-    <t>Khom Thonburi-Rattanakosin</t>
+    <t>ขอมธนบุรี-รัตนโกสินทร์</t>
   </si>
   <si>
     <t>จำนวนด้าน 2 ด้าน มี 42 บรรทัด ด้านที่ 1 มี 24 บรรทัด ด้านที่ 2 มี 18 บรรทัด</t>
   </si>
   <si>
     <t>หินทรายสีแดง</t>
   </si>
   <si>
     <t>กว้าง 36 ซม. สูง 79 ซม. หนา 11 ซม.</t>
   </si>
   <si>
     <t>แผ่นหินรูปใบเสมา</t>
   </si>
   <si>
     <t>วัดจำปา ตำบลทุ่ง อำเภอไชยา จังหวัดสุราษฎร์ธานี</t>
   </si>
   <si>
     <t>ด้านที่ 1 : พ.ศ. 2319 อาจารย์วัดจำปา ภิกษุ สามเณร และสีกาบุญรอด ซึ่งเป็นผู้อุปการะ ไปนำหินจากเขาโพมาสร้างพระพุทธรูปปางสมาธิ 21 องค์ พระอรหันต์ 9 องค์ มีการบอกรายนามผู้สร้างและปิดทอง จากนั้นกล่าวถึงการอัญเชิญพระพุทธรูปปางสมาธิ 9 องค์ และพระอรหันต์ 8 องค์ ไปประดิษฐาน ณ ถ้ำศิลาเตียบ ต่อมาเจ้าพระยาไชยาและทายกทั้งปวงแห่พระพุทธรูปไปประดิษฐาน ณ ถ้ำวิหารพระโค 23 องค์ ตอนท้ายกล่าวว่าหากผู้ใดนมัสการให้ทำการกรวดน้ำอุทิศส่วนกุศลแก่สัตว์ทั้งหลายด้วย ด้านที่ 2 : (ข้อความต่อเนื่องจากด้านที่ 1) เนื้อหาส่วนใหญ่กล่าวถึงการถวายที่นาให้แก่วัด โดยระบุชื่อและจำนวนที่ถวาย มีการสาปแช่งผู้ที่จะเบียดบังที่นาและจังหันของพระสงฆ์ให้พบกับอันตราย 16 ประการ ตอนท้ายระบุศักราชตรงกับ พ.ศ. 2319 โดยเทียบไว้ทั้งพุทธศักราช, จุลศักราชและมหาศักราช</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1217</t>
   </si>
   <si>
     <t>จารึกวัดปรมัยยิกาวาส 3</t>
   </si>
   <si>
     <t xml:space="preserve">จำนวนด้าน 4 ด้าน มี 160 บรรทัด ด้านที่ 1 และ 2 มี 41 บรรทัด ด้านที่ 3 มี 34 บรรทัด ด้านที่ 4 มี 44 บรรทัด ปัจจุบันอักษรเลือนเลาง </t>
   </si>
   <si>
     <t>หินอ่อนสีเทา</t>
   </si>
   <si>
     <t>กว้าง 38 ซม. สูง 62.5  ซม.</t>
   </si>
   <si>
     <t>เสาหลักสี่เหลี่ยม</t>
   </si>
   <si>
     <t>วัดปรมัยยิกาวาส ตำบลเกาะเกร็ด อำเภอเกาะเกร็ด จังหวัดนนทบุรี</t>
   </si>
   <si>
     <t>กล่าวถึงการปฏิสังขรณ์วัดปากอ่าว เมืองนนทบุรี และการเปลี่ยนชื่อเป็น &amp;ldquo;วัดปรมัยยิกาวาส&amp;rdquo;ในสมัยรัชกาลที่ 5 กล่าวคือ ใน พ.ศ. 2417 พระบาทสมเด็จพระจุลจอมเกล้าเจ้าอยู่หัว เสด็จพระราชดำเนินมาพระราชทานพระกฐิน ณ วัดปากอ่าว ซึ่งเป็นวัดฝ่ายรามัญ (มอญ) ทรงเห็นว่าวัดแห่งนี้ทรุดโทรมมากจึงโปรดให้ปฏิสังขรณ์ เพื่อสนองพระคุณของพระเจ้าบรมมหัยยิกาเธอ กรมสมเด็จพระสุดารัตนราชประยูร ซึ่งเคยรับสั่งว่าหากทรงพระเจริญขึ้นแล้ว ขอให้สร้างวัดให้สักแห่งหนึ่ง การปฏิสังขรณ์ใช้เวลาราว 7 เดือน ครั้น พ.ศ. 2418 รัชกาลที่ 5 และพระเจ้าบรมมหัยยิกาเธอฯ เสด็จมาถวายเครื่องเสนาสนะแก่พระสงฆ์ และพระราชอุทิศถวายหมู่กุฏิเป็นสังฆิกาวาส แล้วโปรดเกล้าฯ ให้เปลี่ยนนามเป็น &amp;ldquo;วัดปรมัยยิกาวาส&amp;rdquo; นอกจากนี้ยังมีการสร้างพระไตรปิฎกอักษรมอญและตู้พระธรรม มีการกล่าวถึงพระนามของพระบรมวงศานุวงศ์ ซึ่งเป็นผู้ร่วมปฏิสังขรณ์และบางพระองค์ทรงเป็นนายช่างด้วยพระองค์เอง อีกทั้งระบุถึงขนาดของสิ่งก่อสร้างภายในวัดและจำนวนเงินที่ใช้ในการต่างๆ อย่างละเอียด ต่อมาใน พ.ศ. 2427 รัชกาลที่ 5 และพระเจ้าบรมมหัยยิกาเธอฯ เสด็จมาปิดทองพระพุทธไสยาสน์ และโปรดให้ซ่อมแซมบางส่วนเพิ่มเติม เช่น ระเบียง หอสวดมนต์ และศาลาท่าน้ำ ในปีเดียวกันได้เชิญพระคัมภีร์และพระบรมธาตุจากท่าราชวรดิษฐ์แห่มาถึงวัด มีการผูกพัทธสีมาใหม่ให้กว้างขึ้น ทั้งสองพระองค์ได้เสด็จมาเลี้ยงพระและถวายอัฐบริขาร และโปรดให้มีการเฉลิมฉลองวัด ตอนท้าย พระเจ้าบรมมหัยยิกาเธอฯ ทรงอธิษฐานให้ถึงแก่นิพพาน หากยังต้องเวียนว่ายตายเกิด ขอให้ได้พบกับรัชกาลที่ 5 และพระบรมวงศานุวงษ์ทุกภพชาติ มีการอุทิศกุศลแด่พระญาติทุกพระองค์ รวมถึงพสกนิกรที่ได้อ่านจารึกนี้ รวมทั้งเทวดา และมนุษย์</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1230</t>
   </si>
   <si>
     <t>จารึกวัดป่ามะม่วง (ภาษาเขมร)</t>
   </si>
   <si>
-    <t>Khmer</t>
+    <t>เขมร</t>
   </si>
   <si>
     <t>จำนวนด้าน 4 ด้าน มี 168 บรรทัด ด้านที่ 1, 2, 3 มี ด้านละ 56 บรรทัด ด้านที่ 4 มี 16 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 30 ซม. สูง 200 ซม. หนา 29 ซม.</t>
   </si>
   <si>
     <t>หลักสี่เหลี่ยม ทรงกระโจม หรือทรงยอ (ชำรุด)</t>
   </si>
   <si>
     <t>เนินปราสาทเมืองเก่า ตำบลเมืองเก่า อำเภอเมือง จังหวัดสุโขทัย</t>
   </si>
   <si>
     <t>ความในจารึกเป็นคำยอพระเกียรติของพญาฦาไทย (พระธรรมราชาที่ 1) ทั้งเพื่อจะให้เป็นที่ระลึก การที่พระองค์ทรงอาราธนาพระมหาสามีสังฆราชจากลังการูปหนึ่ง มาที่เมืองสุโขทัยเมื่อ มหาศักราช 1283 (พ.ศ. 1905) และการซึ่งพระองค์ได้ทรงพระราชศรัทธา ออกทรงผนวช ข้อความนี้จะได้เรียบเรียงและจารึกลงในศิลา ในปีเดียวกับปีที่มีงานสมโภชนั้นๆ หรือจะได้จารึกต่อมาภายหลัง ก็ไม่สามารถจะทราบได้ เพราะด้านที่ 3 ของศิลานั้นได้ลบเลือนไปเสียแทบสิ้นแล้ว ด้านที่ 1 ในตอนต้นกล่าวถึงเรื่องพญาฦาไทยเสด็จออกจากเมืองศรีสัชนาลัย ไปปราบจลาจลในเมืองสุโขทัย เมื่อ ม.ศ. 1269 (พ.ศ. 1890) ที่เกิดจลาจลนั้นเห็นจะเป็นด้วยเหตุ พญาเลอไทย พระชนกพึ่งสิ้นพระชนม์ครั้งนั้น เมื่อได้เมืองแล้ว พญาฦาไทยได้ทำพระราชพิธีราชาภิเษกในกรุงสุโขทัย ตอนที่ 2 เป็นคำยอพระเกียรติของพญาฦาไทยธรรมราชา ตอนนี้ชำรุดเสียหายมาก แต่สันนิษฐานได้บ้าง เพราะในศิลาจารึกภาษาไทย (หลักที่ 5) มีเนื้อความอย่างเดียวกัน ข้างสุดท้ายด้านที่ 1 กล่าวถึงเรื่องประดิษฐานรูปพระอิศวร พระนารายณ์ พระ (คเณศ) ในเทวาลัยมหาเกษตรที่ป่ามะม่วง ด้านที่ 2 ตอนต้นเป็นคำสรรเสริญพระปัญญาของพญาฦาไทยทรงรู้ศิลปานุศิลทั้งปวง และได้แก้ไขศักราช ตอนที่ 2 กล่าวถึงงานรับพระมหาสามีสังฆราช และการซึ่งพญาฦาไทยได้ทรงผนวช ด้านที่ 3 ชำรุดเหลือที่จะอ่านได้ ด้านที่ 4 เป็นข้อความตักเตือนสัตบุรุษ ให้รีบเร่งทำบุญกุศล และข้างสุดท้ายกล่าวถึงคาถา ซึ่งพระมหาสามีสังฆราชได้จารึกไว้ในป่ามะม่วง (คือหลักที่ 6)</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1329</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>