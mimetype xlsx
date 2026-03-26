--- v0 (2025-10-15)
+++ v1 (2026-03-26)
@@ -56,87 +56,87 @@
   <si>
     <t>ด้าน/บรรทัด</t>
   </si>
   <si>
     <t>วัตถุจารึก</t>
   </si>
   <si>
     <t>ขนาดวัตถุ</t>
   </si>
   <si>
     <t>ลักษณะวัตถุ</t>
   </si>
   <si>
     <t>สถานที่พบ</t>
   </si>
   <si>
     <t>เนื้อหาโดยสังเขป</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>จารึกบ้านพังพวย</t>
   </si>
   <si>
-    <t>Old Khmer</t>
+    <t>ขอมโบราณ</t>
   </si>
   <si>
     <t>พุทธศักราช</t>
   </si>
   <si>
-    <t>Khmer</t>
+    <t>เขมร</t>
   </si>
   <si>
     <t>จำนวนด้าน 2 ด้าน มี 35 บรรทัด ด้านที่ 1 มี 22 บรรทัด ด้านที่ 2 มี 13 บรรทัด</t>
   </si>
   <si>
     <t>หินทรายสีแดง</t>
   </si>
   <si>
     <t>กว้าง 45 ซม. สูง 152 ซม. หนา 12.5 ซม.</t>
   </si>
   <si>
     <t>รูปใบเสมา</t>
   </si>
   <si>
     <t>บ้านพังพวย ตำบลอรัญประเทศ อำเภออรัญประเทศ จังหวัดสระแก้ว</t>
   </si>
   <si>
     <t>ด้านที่ 1 กล่าวถึงพระเจ้าราเชนทรวรมัน ว่าได้มีบัญชาให้บรรดาข้าราชการชั้นผู้ใหญ่ในเมืองวนปุระ ให้ร่วมกันดูแลเทวรูปศักดิ์สิทธิ์ประจำเทวสถาน โดยถวายน้ำมัน และลูกสกา เป็นเวลา 1 ปี ส่วนในเรื่องของที่นาและพืชผลที่มีขึ้นในนานั้น ให้สิทธิแก่บรรดาข้าทาส และลูกทาส ส่วนวัวควายไม่ควรขึ้นกับโขลญวิษัย (ผู้ดูแลสถานที่) โขลญข้าว และโขลญเปรียง (ผู้ดูแลน้ำมัน) และอย่าปล่อยให้เข้าไปในที่ดินของเทวรูปศักดิ์สิทธิ์ประจำเทวสถาน หากชาวบ้านไม่ทำตามคำสั่งให้จับส่งเจ้าหน้าที่ ส่วนด้านที่ 2 กล่าวถึงการมีบัญชาให้ร่วมกันดูแลเทวรูปศักดิ์สิทธิ์ประจำเมือง โดยถวายข้าวสาร น้ำมัน ผลไม้ หอก ผ้า ห้ามไม่ให้โขลญวิษัยและโขลญเปรียงเข้าไปในป่า ให้อยู่คอยรับใช้บรรดาข้าราชการผู้ใหญ่ นอกจากนั้นยังมีการกล่าวถึงการตั้งที่ประชุมหรือศาล</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/316</t>
   </si>
   <si>
     <t>จารึกอัญชัยวรมัน</t>
   </si>
   <si>
     <t>พุทธศตวรรษ</t>
   </si>
   <si>
-    <t>Sanskrit,Khmer</t>
+    <t>สันสกฤต,เขมร</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 48 บรรทัด</t>
   </si>
   <si>
     <t>ศิลา ประเภทหินทรายแป้ง</t>
   </si>
   <si>
     <t>กว้าง 50.5 ซม. สูง 128 ซม. หนา 12.5 ซม.</t>
   </si>
   <si>
     <t>หลักสี่เหลี่ยม</t>
   </si>
   <si>
     <t>จังหวัดลพบุรี</t>
   </si>
   <si>
     <t>เริ่มต้นด้วยการกล่าวคำนมัสการเทพเจ้าผู้เป็นใหญ่ และกล่าวถึงพิภพพระยานาคในโลกบาดาล จากนั้นก็กล่าวถึงพระราชโองการของพระเจ้าชัยวรมันที่ 4 หรือพระบาทบรมศิวบท ว่าด้วยเรื่องการถวายสิ่งของและทาสชายหญิงเป็นจำนวนมาก</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/319</t>
   </si>
   <si>
     <t>จารึกศาลเจ้าเมืองลพบุรี</t>
   </si>