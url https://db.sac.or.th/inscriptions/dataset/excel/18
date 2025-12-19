--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -56,57 +56,57 @@
   <si>
     <t>ด้าน/บรรทัด</t>
   </si>
   <si>
     <t>วัตถุจารึก</t>
   </si>
   <si>
     <t>ขนาดวัตถุ</t>
   </si>
   <si>
     <t>ลักษณะวัตถุ</t>
   </si>
   <si>
     <t>สถานที่พบ</t>
   </si>
   <si>
     <t>เนื้อหาโดยสังเขป</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>จารึกวัดดอนคราม</t>
   </si>
   <si>
-    <t>Fak Kham</t>
+    <t>ฝักขาม</t>
   </si>
   <si>
     <t>พุทธศักราช</t>
   </si>
   <si>
-    <t>Thai</t>
+    <t>ไทย</t>
   </si>
   <si>
     <t>จำนวนด้าน 1 ด้าน มี 14 บรรทัด</t>
   </si>
   <si>
     <t>หินทราย</t>
   </si>
   <si>
     <t>กว้าง 49 ซม. สูง 80 ซม. หนา 7 ซม.</t>
   </si>
   <si>
     <t>รูปใบเสมา</t>
   </si>
   <si>
     <t>วัดสันพระเจ้าดำ (วัดร้าง) ตำบลศรีถ้อย อำเภอแม่ใจ จังหวัดพะเยา</t>
   </si>
   <si>
     <t>พ.ศ. 2031 พระมหาราชเทวีเจ้าให้คนนำตราสารทองคำมามอบแก่นางเมืองพะเยา นางเมืองพะเยาให้คนนำตราสารทองคำนั้นมาไว้ที่วัดดอนคราม พร้อมทั้งถวายข้าพระให้อยู่ดูแลพระพุทธรูปและพระภิกษุสงฆ์</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1555</t>
   </si>
   <si>
     <t>จารึกเจ้าสี่หมื่นทำสีมาใหม่</t>
   </si>