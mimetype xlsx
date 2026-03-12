--- v0 (2025-12-19)
+++ v1 (2026-03-12)
@@ -840,51 +840,51 @@
   <si>
     <t>จารึกแผ่นทองหุ้มปลียอดพระบรมธาตุเจดีย์ นครศรีธรรมราช 35 (จ. 40)</t>
   </si>
   <si>
     <t>กว้าง 9.9 ซม. ยาว 28 ซม.</t>
   </si>
   <si>
     <t>กล่าวถึงการถวายทองคำหนัก 1 ตำลึง 2 บาท 1 สลึง 3 เฟื้อง</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1384</t>
   </si>
   <si>
     <t>จารึกแผ่นทองหุ้มปลียอดพระบรมธาตุเจดีย์ นครศรีธรรมราช 36 (จ. 47)</t>
   </si>
   <si>
     <t>กว้าง 9.2 ซม. ยาว 4.5 ซม.</t>
   </si>
   <si>
     <t>ไม่สามารถจับใจความได้ เนื่องจากข้อความที่ปรากฏมีเพียงการบอกวันเดือนปีเท่านั้น</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1386</t>
   </si>
   <si>
-    <t>จารึกวัดศรีเกิด (เชียงใหม่)</t>
+    <t>จารึกวัดศรีเกิด</t>
   </si>
   <si>
     <t>ฝักขาม</t>
   </si>
   <si>
     <t>จำนวนด้าน 2 ด้าน มี 37 บรรทัด ด้านที่ 1 มี 19 บรรทัด ด้านที่ 2 มี 18 บรรทัด</t>
   </si>
   <si>
     <t>กว้าง 37 ซม. สูง 69 ซม. หนา 6 ซม.</t>
   </si>
   <si>
     <t>วัดศรีเกิด ตำบลพระสิงห์ อำเภอเมือง จังหวัดเชียงใหม่</t>
   </si>
   <si>
     <t>กล่าวถึงการจัดพิธีฉลองพระพุทธรูปแข้งคม วัดป่าตาล โดยมีพระมหาสมเด็จปวัตตหลวงโพธิรุกขาพิชาราม หรือ นนทาวิริยวังโส เป็นประธานในพิธี และสาธุเจ้ากาวีรปัญโญชติลวังโสเป็นศาสนูปถัมภก</t>
   </si>
   <si>
     <t>https://db.sac.or.th/inscriptions/inscribe/detail/1435</t>
   </si>
   <si>
     <t>จารึกฐานพระพุทธรูปวัดช่างแต้ม 2</t>
   </si>
   <si>
     <t>ธรรมล้านนา</t>
   </si>